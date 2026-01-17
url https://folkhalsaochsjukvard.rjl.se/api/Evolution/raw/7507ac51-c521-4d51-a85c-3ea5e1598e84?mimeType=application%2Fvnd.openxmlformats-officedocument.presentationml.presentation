--- v0 (2025-10-06)
+++ v1 (2026-01-17)
@@ -1,78 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="ppt/webextensions/taskpanes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId18"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="261" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="263" r:id="rId8"/>
     <p:sldId id="264" r:id="rId9"/>
     <p:sldId id="265" r:id="rId10"/>
     <p:sldId id="266" r:id="rId11"/>
     <p:sldId id="267" r:id="rId12"/>
     <p:sldId id="268" r:id="rId13"/>
     <p:sldId id="269" r:id="rId14"/>
     <p:sldId id="270" r:id="rId15"/>
@@ -503,51 +502,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3850443" y="0"/>
             <a:ext cx="2945659" cy="498135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{969E57BE-6F8E-41A8-AAB0-3D37B669DA70}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-10-02</a:t>
+              <a:t>2025-10-09</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildobjekt 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422275" y="1241425"/>
             <a:ext cx="5953125" cy="3349625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -6938,59 +6937,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="B1063A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Mats Siljehult, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="B1063A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>sektionschef			</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="B1063A"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>	</a:t>
-[...7 lines deleted...]
-              <a:t>	070-575 46 18 </a:t>
+              <a:t>		070-575 46 18 </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="B1063A"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="B1063A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Eva </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:solidFill>
@@ -7569,56 +7560,80 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Patienten betalar enligt hälso- och sjukvårdens öppenvårdsregler.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="B1063A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Avgiften räknas in i högkostnadsskyddet för sjukvård.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="sv-SE" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="B1063A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>39 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="sv-SE" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="B1063A"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>38 miljoner kronor avsatta i regionens budget 2024.</a:t>
+              <a:t>miljoner kronor avsatta i regionens </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="B1063A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>budget </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="B1063A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>2025.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="B1063A"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för sidfot 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11698,58 +11713,50 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Wisp</Template>
   <TotalTime></TotalTime>
   <Words>1080</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bredbild</PresentationFormat>
   <Paragraphs>137</Paragraphs>
   <Slides>16</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>